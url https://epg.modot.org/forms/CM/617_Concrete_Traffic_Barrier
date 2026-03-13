--- v0 (2026-01-24)
+++ v1 (2026-03-13)
@@ -1845,129 +1845,207 @@
     <mergeCell ref="B47:G47"/>
     <mergeCell ref="B48:G48"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.4" right="0.4" top="0.25" bottom="0.25" header="0.3" footer="0"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="InfoPath Form Template" ma:contentTypeID="0x010100F8EF98760CBA4A94994F13BA881038FA0027EEE63F32A17F4186269A82E0E1A643" ma:contentTypeVersion="1" ma:contentTypeDescription="A Microsoft Office InfoPath Form Template." ma:contentTypeScope="" ma:versionID="00cf6ddf4207f1b2ba85a76f78c57af8">
-[...1 lines deleted...]
-    <xsd:import namespace="374aaca7-37e5-4668-bdad-983830cb15ce"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F9FC511692AB8C418577367E323B6934" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5ac354aa90be33f148d1d7e81ced2eaa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0839112a-efb3-470f-ab93-1864974644a7" xmlns:ns3="56963302-5c31-401d-a271-72bffc9469c9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a0698138234fa957e99927ef59f7ada7" ns2:_="" ns3:_="">
+    <xsd:import namespace="0839112a-efb3-470f-ab93-1864974644a7"/>
+    <xsd:import namespace="56963302-5c31-401d-a271-72bffc9469c9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:FormName" minOccurs="0"/>
+                <xsd:element ref="ns2:Archived_x0020_Version_x0020_History" minOccurs="0"/>
+                <xsd:element ref="ns2:AWP_x0020_5_x002e_02_x0020_Check" minOccurs="0"/>
+                <xsd:element ref="ns2:Moved_x0020_to_x0020_EPG" minOccurs="0"/>
+                <xsd:element ref="ns2:QRG" minOccurs="0"/>
+                <xsd:element ref="ns2:Review_x0020_Complete" minOccurs="0"/>
                 <xsd:element ref="ns2:FormCategory" minOccurs="0"/>
-                <xsd:element ref="ns2:FormVersion" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns2:ShowInCatalog" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="374aaca7-37e5-4668-bdad-983830cb15ce" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0839112a-efb3-470f-ab93-1864974644a7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="FormName" ma:index="4" nillable="true" ma:displayName="Form Name" ma:internalName="FormName">
+    <xsd:element name="Archived_x0020_Version_x0020_History" ma:index="2" nillable="true" ma:displayName="Archived Version History" ma:format="Hyperlink" ma:internalName="Archived_x0020_Version_x0020_History">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="AWP_x0020_5_x002e_02_x0020_Check" ma:index="3" nillable="true" ma:displayName="AWP 5.02 Check" ma:default="0" ma:description="QRG was opened and updated with any changes in AWP 5.02" ma:internalName="AWP_x0020_5_x002e_02_x0020_Check">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Moved_x0020_to_x0020_EPG" ma:index="4" nillable="true" ma:displayName="Moved to EPG" ma:default="0" ma:internalName="Moved_x0020_to_x0020_EPG">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="QRG" ma:index="5" nillable="true" ma:displayName="QRG" ma:default="0" ma:internalName="QRG">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Review_x0020_Complete" ma:index="6" nillable="true" ma:displayName="Review Complete" ma:default="0" ma:internalName="Review_x0020_Complete">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="FormCategory" ma:index="7" nillable="true" ma:displayName="Form Category" ma:internalName="FormCategory">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="FormCategory" ma:index="5" nillable="true" ma:displayName="Form Category" ma:internalName="FormCategory">
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="FormVersion" ma:index="6" nillable="true" ma:displayName="Form Version" ma:internalName="FormVersion">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="FormId" ma:index="7" nillable="true" ma:displayName="Form ID" ma:internalName="FormId">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="FormLocale" ma:index="8" nillable="true" ma:displayName="Form Locale" ma:internalName="FormLocale">
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="FormDescription" ma:index="9" nillable="true" ma:displayName="Form Description" ma:internalName="FormDescription">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b4e9f005-b5d5-426d-ad25-f47e055fb45b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="CustomContentTypeId" ma:index="10" nillable="true" ma:displayName="Content Type ID" ma:hidden="true" ma:internalName="CustomContentTypeId">
-[...7 lines deleted...]
-      </xsd:simpleType>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="56963302-5c31-401d-a271-72bffc9469c9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2bb476b2-9eab-4b2a-ba28-e4201fcd8718}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="56963302-5c31-401d-a271-72bffc9469c9">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="12" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="22" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -2024,101 +2102,113 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <FormVersion xmlns="374aaca7-37e5-4668-bdad-983830cb15ce" xsi:nil="true"/>
-[...6 lines deleted...]
-    <FormLocale xmlns="374aaca7-37e5-4668-bdad-983830cb15ce" xsi:nil="true"/>
+    <FormCategory xmlns="0839112a-efb3-470f-ab93-1864974644a7" xsi:nil="true"/>
+    <Moved_x0020_to_x0020_EPG xmlns="0839112a-efb3-470f-ab93-1864974644a7">false</Moved_x0020_to_x0020_EPG>
+    <QRG xmlns="0839112a-efb3-470f-ab93-1864974644a7">false</QRG>
+    <AWP_x0020_5_x002e_02_x0020_Check xmlns="0839112a-efb3-470f-ab93-1864974644a7">false</AWP_x0020_5_x002e_02_x0020_Check>
+    <Review_x0020_Complete xmlns="0839112a-efb3-470f-ab93-1864974644a7">false</Review_x0020_Complete>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0839112a-efb3-470f-ab93-1864974644a7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="56963302-5c31-401d-a271-72bffc9469c9" xsi:nil="true"/>
+    <Archived_x0020_Version_x0020_History xmlns="0839112a-efb3-470f-ab93-1864974644a7">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Archived_x0020_Version_x0020_History>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1253CC8-14F0-4250-A5B5-AD987E682B5A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B57AB24-7640-4519-B2CD-9477EFA78839}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D51B7AE-B7CC-4DAE-86C9-C2555BD5E2F8}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A51C24C3-2800-4C69-A995-1660F171A899}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>617</vt:lpstr>
       <vt:lpstr>'617'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Randy Rice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100F8EF98760CBA4A94994F13BA881038FA0027EEE63F32A17F4186269A82E0E1A643</vt:lpwstr>
+    <vt:lpwstr>0x010100F9FC511692AB8C418577367E323B6934</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>40100</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>